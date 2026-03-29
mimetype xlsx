--- v0 (2026-01-10)
+++ v1 (2026-03-29)
@@ -12,80 +12,668 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Přihlášení závodníci" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>Všichni bez rozdílu v kategorii</t>
   </si>
   <si>
     <t>Start. číslo</t>
   </si>
   <si>
     <t>Přijmení</t>
   </si>
   <si>
     <t>Jméno</t>
   </si>
   <si>
     <t>Ročník</t>
   </si>
   <si>
     <t>Klub</t>
   </si>
   <si>
     <t>Kategorie</t>
   </si>
   <si>
     <t>Cílový čas</t>
   </si>
   <si>
     <t>Poř. v kat.</t>
   </si>
   <si>
     <t>Poř.celk.</t>
+  </si>
+  <si>
+    <t>Čiháková</t>
+  </si>
+  <si>
+    <t>Jolča</t>
+  </si>
+  <si>
+    <t>Juniorky</t>
+  </si>
+  <si>
+    <t>Jarča</t>
+  </si>
+  <si>
+    <t>Havelkova</t>
+  </si>
+  <si>
+    <t>Kristina</t>
+  </si>
+  <si>
+    <t>SK Jeseniova</t>
+  </si>
+  <si>
+    <t>Michálková</t>
+  </si>
+  <si>
+    <t>Johanna</t>
+  </si>
+  <si>
+    <t>Havelka</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Junioři</t>
+  </si>
+  <si>
+    <t>Jokel</t>
+  </si>
+  <si>
+    <t>Vít</t>
+  </si>
+  <si>
+    <t>Atlet Šestajovice</t>
+  </si>
+  <si>
+    <t>Machatý</t>
+  </si>
+  <si>
+    <t>Kryštof</t>
+  </si>
+  <si>
+    <t>Pošlu to tam do klidu!</t>
+  </si>
+  <si>
+    <t>Pechek</t>
+  </si>
+  <si>
+    <t>ASK Slavia Praha</t>
+  </si>
+  <si>
+    <t>Grim</t>
+  </si>
+  <si>
+    <t>Ondřej</t>
+  </si>
+  <si>
+    <t>Příbram</t>
+  </si>
+  <si>
+    <t>Muži 20 - 39 let</t>
+  </si>
+  <si>
+    <t>Hanousek</t>
+  </si>
+  <si>
+    <t>Jakub</t>
+  </si>
+  <si>
+    <t>SABZO</t>
+  </si>
+  <si>
+    <t>Havlín</t>
+  </si>
+  <si>
+    <t>Jiří</t>
+  </si>
+  <si>
+    <t>A na to se napijem!</t>
+  </si>
+  <si>
+    <t>Charousek</t>
+  </si>
+  <si>
+    <t>Matěj</t>
+  </si>
+  <si>
+    <t>Prostřední Lhota</t>
+  </si>
+  <si>
+    <t>Kožušník</t>
+  </si>
+  <si>
+    <t>Radan</t>
+  </si>
+  <si>
+    <t>SSK Vítkovice, z.s.</t>
+  </si>
+  <si>
+    <t>Rainiš</t>
+  </si>
+  <si>
+    <t>Novotný</t>
+  </si>
+  <si>
+    <t>Petr</t>
+  </si>
+  <si>
+    <t>Mudrochajovi Lokajové</t>
+  </si>
+  <si>
+    <t>Čihák</t>
+  </si>
+  <si>
+    <t>Muži 40 - 49 let</t>
+  </si>
+  <si>
+    <t>Ewens</t>
+  </si>
+  <si>
+    <t>Pivo a Myslivec</t>
+  </si>
+  <si>
+    <t>Hach</t>
+  </si>
+  <si>
+    <t>Lukáš</t>
+  </si>
+  <si>
+    <t>Štefko Running Team</t>
+  </si>
+  <si>
+    <t>Jurásek</t>
+  </si>
+  <si>
+    <t>Lokomotiva Meziměstí</t>
+  </si>
+  <si>
+    <t>Pavel</t>
+  </si>
+  <si>
+    <t>Obermajer</t>
+  </si>
+  <si>
+    <t>Hvozdnická Hlídka</t>
+  </si>
+  <si>
+    <t>Kerteam</t>
+  </si>
+  <si>
+    <t>Petrányi</t>
+  </si>
+  <si>
+    <t>Radoslav</t>
+  </si>
+  <si>
+    <t>Za Dobrú Kondíciu</t>
+  </si>
+  <si>
+    <t>Pulkrábek</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>AC Obora Hvězda</t>
+  </si>
+  <si>
+    <t>Strejček</t>
+  </si>
+  <si>
+    <t>Strašnice</t>
+  </si>
+  <si>
+    <t>Svoboda</t>
+  </si>
+  <si>
+    <t>Vojtěch</t>
+  </si>
+  <si>
+    <t>Bonbon</t>
+  </si>
+  <si>
+    <t>Doležal</t>
+  </si>
+  <si>
+    <t>Tomáš</t>
+  </si>
+  <si>
+    <t>Albit Technologies</t>
+  </si>
+  <si>
+    <t>Muži 50 - 59 let</t>
+  </si>
+  <si>
+    <t>Duchoň</t>
+  </si>
+  <si>
+    <t>Praha Újezd</t>
+  </si>
+  <si>
+    <t>Eleven Run Team</t>
+  </si>
+  <si>
+    <t>Hruška</t>
+  </si>
+  <si>
+    <t>Miloš</t>
+  </si>
+  <si>
+    <t>MHUL</t>
+  </si>
+  <si>
+    <t>Jánošík</t>
+  </si>
+  <si>
+    <t>Rudolf</t>
+  </si>
+  <si>
+    <t>Atletika Vlašim</t>
+  </si>
+  <si>
+    <t>Jiřičný</t>
+  </si>
+  <si>
+    <t>Bonbon Praha</t>
+  </si>
+  <si>
+    <t>Kalista</t>
+  </si>
+  <si>
+    <t>12 běhá</t>
+  </si>
+  <si>
+    <t>Kohout</t>
+  </si>
+  <si>
+    <t>Roman</t>
+  </si>
+  <si>
+    <t>TJ Sokol Unhošť</t>
+  </si>
+  <si>
+    <t>Král</t>
+  </si>
+  <si>
+    <t>Vítězslav</t>
+  </si>
+  <si>
+    <t>Sokol Královské Vinohrady</t>
+  </si>
+  <si>
+    <t>Kutnohorský</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>Bojov</t>
+  </si>
+  <si>
+    <t>Mařík</t>
+  </si>
+  <si>
+    <t>Michal</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>Neuman</t>
+  </si>
+  <si>
+    <t>Kamenný Přívoz</t>
+  </si>
+  <si>
+    <t>Novák</t>
+  </si>
+  <si>
+    <t>Radomír</t>
+  </si>
+  <si>
+    <t>Laco Team</t>
+  </si>
+  <si>
+    <t>Pejša</t>
+  </si>
+  <si>
+    <t>smí být prázdné</t>
+  </si>
+  <si>
+    <t>Seeman</t>
+  </si>
+  <si>
+    <t>T. J. Sokol Prosek</t>
+  </si>
+  <si>
+    <t>Aldorf</t>
+  </si>
+  <si>
+    <t>Luboš</t>
+  </si>
+  <si>
+    <t>Muži 60 - 69 let</t>
+  </si>
+  <si>
+    <t>Dolejš</t>
+  </si>
+  <si>
+    <t>sabzo Praha</t>
+  </si>
+  <si>
+    <t>Jaromír</t>
+  </si>
+  <si>
+    <t>SABZO Praha</t>
+  </si>
+  <si>
+    <t>Holub</t>
+  </si>
+  <si>
+    <t>Jaroslav</t>
+  </si>
+  <si>
+    <t>Liga 100 Praha</t>
+  </si>
+  <si>
+    <t>Bering Praha</t>
+  </si>
+  <si>
+    <t>Lubomír</t>
+  </si>
+  <si>
+    <t>Poduška</t>
+  </si>
+  <si>
+    <t>Josef</t>
+  </si>
+  <si>
+    <t>AC Tepo Kladno</t>
+  </si>
+  <si>
+    <t>Rychecký</t>
+  </si>
+  <si>
+    <t>HH Smíchov</t>
+  </si>
+  <si>
+    <t>Uxa</t>
+  </si>
+  <si>
+    <t>TT Beroun URT</t>
+  </si>
+  <si>
+    <t>Vávra</t>
+  </si>
+  <si>
+    <t>Vitásek</t>
+  </si>
+  <si>
+    <t>Buková</t>
+  </si>
+  <si>
+    <t>Vlček</t>
+  </si>
+  <si>
+    <t>Bohumil</t>
+  </si>
+  <si>
+    <t>Praha 13</t>
+  </si>
+  <si>
+    <t>Volný</t>
+  </si>
+  <si>
+    <t>Relax medvědice</t>
+  </si>
+  <si>
+    <t>Bečka</t>
+  </si>
+  <si>
+    <t>Miloslav</t>
+  </si>
+  <si>
+    <t>Ústí n.L</t>
+  </si>
+  <si>
+    <t>Muži 70 - 79 let</t>
+  </si>
+  <si>
+    <t>Nový</t>
+  </si>
+  <si>
+    <t>Břetislav</t>
+  </si>
+  <si>
+    <t>Paukert</t>
+  </si>
+  <si>
+    <t>Milan</t>
+  </si>
+  <si>
+    <t>Průša</t>
+  </si>
+  <si>
+    <t>Slavoj Obecnice</t>
+  </si>
+  <si>
+    <t>Pucholt</t>
+  </si>
+  <si>
+    <t>Miroslav</t>
+  </si>
+  <si>
+    <t>SABZO/Praha</t>
+  </si>
+  <si>
+    <t>Švácha</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>KD Příbram</t>
+  </si>
+  <si>
+    <t>Muži nad 80 let</t>
+  </si>
+  <si>
+    <t>Horová</t>
+  </si>
+  <si>
+    <t>Anežka</t>
+  </si>
+  <si>
+    <t>Ženy 20 - 34 let</t>
+  </si>
+  <si>
+    <t>Adamova</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Ženy 35 - 44 let</t>
+  </si>
+  <si>
+    <t>Levá</t>
+  </si>
+  <si>
+    <t>Lenka</t>
+  </si>
+  <si>
+    <t>Tržilová</t>
+  </si>
+  <si>
+    <t>Iva</t>
+  </si>
+  <si>
+    <t>Praha 15</t>
+  </si>
+  <si>
+    <t>Doupovcová</t>
+  </si>
+  <si>
+    <t>Martina</t>
+  </si>
+  <si>
+    <t>SKI Senohraby</t>
+  </si>
+  <si>
+    <t>Ženy 45 - 54 let</t>
+  </si>
+  <si>
+    <t>Herbst</t>
+  </si>
+  <si>
+    <t>Jarmila</t>
+  </si>
+  <si>
+    <t>Sky4Run</t>
+  </si>
+  <si>
+    <t>Iveta</t>
+  </si>
+  <si>
+    <t>Rainišová</t>
+  </si>
+  <si>
+    <t>Koňaříková</t>
+  </si>
+  <si>
+    <t>Zdeňka</t>
+  </si>
+  <si>
+    <t>Pechková Gololobovová</t>
+  </si>
+  <si>
+    <t>Blanka</t>
+  </si>
+  <si>
+    <t>AVC / Bonbon</t>
+  </si>
+  <si>
+    <t>Seemanová</t>
+  </si>
+  <si>
+    <t>Jana</t>
+  </si>
+  <si>
+    <t>Sabzo</t>
+  </si>
+  <si>
+    <t>Trnková</t>
+  </si>
+  <si>
+    <t>Štěpánka</t>
+  </si>
+  <si>
+    <t>Jiřičná</t>
+  </si>
+  <si>
+    <t>Dana</t>
+  </si>
+  <si>
+    <t>Ženy 55 - 64 let</t>
+  </si>
+  <si>
+    <t>Pavingerová</t>
+  </si>
+  <si>
+    <t>Miluše</t>
+  </si>
+  <si>
+    <t>Dolejšova</t>
+  </si>
+  <si>
+    <t>Jitka</t>
+  </si>
+  <si>
+    <t>Sabzo Praha</t>
+  </si>
+  <si>
+    <t>Ženy nad 65 let</t>
+  </si>
+  <si>
+    <t>Pechková</t>
+  </si>
+  <si>
+    <t>Šárka</t>
+  </si>
+  <si>
+    <t>TJ Maratonstav Úpice</t>
+  </si>
+  <si>
+    <t>Požgayová</t>
+  </si>
+  <si>
+    <t>Pucholtová</t>
+  </si>
+  <si>
+    <t>Svobodová</t>
+  </si>
+  <si>
+    <t>Vavrušová</t>
+  </si>
+  <si>
+    <t>Helena</t>
+  </si>
+  <si>
+    <t>TJ Liga 100</t>
+  </si>
+  <si>
+    <t>Vitovská</t>
+  </si>
+  <si>
+    <t>Praha 8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -400,91 +988,1818 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
       <c r="I2" t="s">
         <v>9</v>
       </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3">
+        <v>2017</v>
+      </c>
+      <c r="E3"/>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3"/>
+      <c r="H3"/>
+      <c r="I3"/>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4">
+        <v>2020</v>
+      </c>
+      <c r="E4"/>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4"/>
+      <c r="I4"/>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5">
+        <v>2008</v>
+      </c>
+      <c r="E5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5"/>
+      <c r="H5"/>
+      <c r="I5"/>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6">
+        <v>2007</v>
+      </c>
+      <c r="E6"/>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6"/>
+      <c r="I6"/>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7">
+        <v>2011</v>
+      </c>
+      <c r="E7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7"/>
+      <c r="I7"/>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8">
+        <v>2008</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8"/>
+      <c r="I8"/>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9">
+        <v>2012</v>
+      </c>
+      <c r="E9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9"/>
+      <c r="I9"/>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10">
+        <v>2016</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10"/>
+      <c r="I10"/>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11">
+        <v>1995</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11"/>
+      <c r="I11"/>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12">
+        <v>1991</v>
+      </c>
+      <c r="E12" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12"/>
+      <c r="I12"/>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13">
+        <v>1989</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13"/>
+      <c r="I13"/>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14">
+        <v>2002</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14"/>
+      <c r="I14"/>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15">
+        <v>2000</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15"/>
+      <c r="I15"/>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16">
+        <v>2006</v>
+      </c>
+      <c r="E16"/>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16"/>
+      <c r="H16"/>
+      <c r="I16"/>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17">
+        <v>1997</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17"/>
+      <c r="I17"/>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18">
+        <v>1986</v>
+      </c>
+      <c r="E18"/>
+      <c r="F18" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18"/>
+      <c r="I18"/>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19">
+        <v>1984</v>
+      </c>
+      <c r="E19" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19"/>
+      <c r="I19"/>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C20" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20">
+        <v>1984</v>
+      </c>
+      <c r="E20" t="s">
+        <v>56</v>
+      </c>
+      <c r="F20" t="s">
+        <v>51</v>
+      </c>
+      <c r="G20"/>
+      <c r="H20"/>
+      <c r="I20"/>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" t="s">
+        <v>48</v>
+      </c>
+      <c r="D21">
+        <v>1978</v>
+      </c>
+      <c r="E21" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21"/>
+      <c r="I21"/>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>59</v>
+      </c>
+      <c r="C22" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22">
+        <v>1986</v>
+      </c>
+      <c r="E22" t="s">
+        <v>61</v>
+      </c>
+      <c r="F22" t="s">
+        <v>51</v>
+      </c>
+      <c r="G22"/>
+      <c r="H22"/>
+      <c r="I22"/>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" t="s">
+        <v>48</v>
+      </c>
+      <c r="D23">
+        <v>1983</v>
+      </c>
+      <c r="E23" t="s">
+        <v>62</v>
+      </c>
+      <c r="F23" t="s">
+        <v>51</v>
+      </c>
+      <c r="G23"/>
+      <c r="H23"/>
+      <c r="I23"/>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24">
+        <v>1986</v>
+      </c>
+      <c r="E24" t="s">
+        <v>65</v>
+      </c>
+      <c r="F24" t="s">
+        <v>51</v>
+      </c>
+      <c r="G24"/>
+      <c r="H24"/>
+      <c r="I24"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25">
+        <v>1980</v>
+      </c>
+      <c r="E25" t="s">
+        <v>68</v>
+      </c>
+      <c r="F25" t="s">
+        <v>51</v>
+      </c>
+      <c r="G25"/>
+      <c r="H25"/>
+      <c r="I25"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26"/>
+      <c r="B26" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" t="s">
+        <v>38</v>
+      </c>
+      <c r="D26">
+        <v>1983</v>
+      </c>
+      <c r="E26" t="s">
+        <v>70</v>
+      </c>
+      <c r="F26" t="s">
+        <v>51</v>
+      </c>
+      <c r="G26"/>
+      <c r="H26"/>
+      <c r="I26"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27"/>
+      <c r="B27" t="s">
+        <v>71</v>
+      </c>
+      <c r="C27" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27">
+        <v>1984</v>
+      </c>
+      <c r="E27" t="s">
+        <v>73</v>
+      </c>
+      <c r="F27" t="s">
+        <v>51</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27"/>
+      <c r="I27"/>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28"/>
+      <c r="B28" t="s">
+        <v>74</v>
+      </c>
+      <c r="C28" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28">
+        <v>1971</v>
+      </c>
+      <c r="E28" t="s">
+        <v>76</v>
+      </c>
+      <c r="F28" t="s">
+        <v>77</v>
+      </c>
+      <c r="G28"/>
+      <c r="H28"/>
+      <c r="I28"/>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29"/>
+      <c r="B29" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29">
+        <v>1971</v>
+      </c>
+      <c r="E29" t="s">
+        <v>79</v>
+      </c>
+      <c r="F29" t="s">
+        <v>77</v>
+      </c>
+      <c r="G29"/>
+      <c r="H29"/>
+      <c r="I29"/>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30"/>
+      <c r="B30" t="s">
+        <v>19</v>
+      </c>
+      <c r="C30" t="s">
+        <v>48</v>
+      </c>
+      <c r="D30">
+        <v>1972</v>
+      </c>
+      <c r="E30" t="s">
+        <v>80</v>
+      </c>
+      <c r="F30" t="s">
+        <v>77</v>
+      </c>
+      <c r="G30"/>
+      <c r="H30"/>
+      <c r="I30"/>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31"/>
+      <c r="B31" t="s">
+        <v>81</v>
+      </c>
+      <c r="C31" t="s">
+        <v>82</v>
+      </c>
+      <c r="D31">
+        <v>1970</v>
+      </c>
+      <c r="E31" t="s">
+        <v>83</v>
+      </c>
+      <c r="F31" t="s">
+        <v>77</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31"/>
+      <c r="I31"/>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32"/>
+      <c r="B32" t="s">
+        <v>84</v>
+      </c>
+      <c r="C32" t="s">
+        <v>85</v>
+      </c>
+      <c r="D32">
+        <v>1971</v>
+      </c>
+      <c r="E32" t="s">
+        <v>86</v>
+      </c>
+      <c r="F32" t="s">
+        <v>77</v>
+      </c>
+      <c r="G32"/>
+      <c r="H32"/>
+      <c r="I32"/>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33"/>
+      <c r="B33" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" t="s">
+        <v>67</v>
+      </c>
+      <c r="D33">
+        <v>1969</v>
+      </c>
+      <c r="E33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" t="s">
+        <v>77</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33"/>
+      <c r="I33"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34"/>
+      <c r="B34" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" t="s">
+        <v>38</v>
+      </c>
+      <c r="D34">
+        <v>1971</v>
+      </c>
+      <c r="E34" t="s">
+        <v>90</v>
+      </c>
+      <c r="F34" t="s">
+        <v>77</v>
+      </c>
+      <c r="G34"/>
+      <c r="H34"/>
+      <c r="I34"/>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35"/>
+      <c r="B35" t="s">
+        <v>91</v>
+      </c>
+      <c r="C35" t="s">
+        <v>92</v>
+      </c>
+      <c r="D35">
+        <v>1969</v>
+      </c>
+      <c r="E35" t="s">
+        <v>93</v>
+      </c>
+      <c r="F35" t="s">
+        <v>77</v>
+      </c>
+      <c r="G35"/>
+      <c r="H35"/>
+      <c r="I35"/>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36"/>
+      <c r="B36" t="s">
+        <v>94</v>
+      </c>
+      <c r="C36" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36">
+        <v>1976</v>
+      </c>
+      <c r="E36" t="s">
+        <v>96</v>
+      </c>
+      <c r="F36" t="s">
+        <v>77</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36"/>
+      <c r="I36"/>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37"/>
+      <c r="B37" t="s">
+        <v>97</v>
+      </c>
+      <c r="C37" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37">
+        <v>1974</v>
+      </c>
+      <c r="E37" t="s">
+        <v>99</v>
+      </c>
+      <c r="F37" t="s">
+        <v>77</v>
+      </c>
+      <c r="G37"/>
+      <c r="H37"/>
+      <c r="I37"/>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38"/>
+      <c r="B38" t="s">
+        <v>100</v>
+      </c>
+      <c r="C38" t="s">
+        <v>101</v>
+      </c>
+      <c r="D38">
+        <v>1975</v>
+      </c>
+      <c r="E38" t="s">
+        <v>102</v>
+      </c>
+      <c r="F38" t="s">
+        <v>77</v>
+      </c>
+      <c r="G38"/>
+      <c r="H38"/>
+      <c r="I38"/>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39"/>
+      <c r="B39" t="s">
+        <v>103</v>
+      </c>
+      <c r="C39" t="s">
+        <v>38</v>
+      </c>
+      <c r="D39">
+        <v>1974</v>
+      </c>
+      <c r="E39" t="s">
+        <v>104</v>
+      </c>
+      <c r="F39" t="s">
+        <v>77</v>
+      </c>
+      <c r="G39"/>
+      <c r="H39"/>
+      <c r="I39"/>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40"/>
+      <c r="B40" t="s">
+        <v>105</v>
+      </c>
+      <c r="C40" t="s">
+        <v>106</v>
+      </c>
+      <c r="D40">
+        <v>1970</v>
+      </c>
+      <c r="E40" t="s">
+        <v>107</v>
+      </c>
+      <c r="F40" t="s">
+        <v>77</v>
+      </c>
+      <c r="G40"/>
+      <c r="H40"/>
+      <c r="I40"/>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41"/>
+      <c r="B41" t="s">
+        <v>108</v>
+      </c>
+      <c r="C41" t="s">
+        <v>98</v>
+      </c>
+      <c r="D41">
+        <v>1975</v>
+      </c>
+      <c r="E41" t="s">
+        <v>109</v>
+      </c>
+      <c r="F41" t="s">
+        <v>77</v>
+      </c>
+      <c r="G41"/>
+      <c r="H41"/>
+      <c r="I41"/>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42"/>
+      <c r="B42" t="s">
+        <v>110</v>
+      </c>
+      <c r="C42" t="s">
+        <v>75</v>
+      </c>
+      <c r="D42">
+        <v>1968</v>
+      </c>
+      <c r="E42" t="s">
+        <v>111</v>
+      </c>
+      <c r="F42" t="s">
+        <v>77</v>
+      </c>
+      <c r="G42"/>
+      <c r="H42"/>
+      <c r="I42"/>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43"/>
+      <c r="B43" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" t="s">
+        <v>113</v>
+      </c>
+      <c r="D43">
+        <v>1964</v>
+      </c>
+      <c r="E43" t="s">
+        <v>36</v>
+      </c>
+      <c r="F43" t="s">
+        <v>114</v>
+      </c>
+      <c r="G43"/>
+      <c r="H43"/>
+      <c r="I43"/>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44"/>
+      <c r="B44" t="s">
+        <v>115</v>
+      </c>
+      <c r="C44" t="s">
+        <v>106</v>
+      </c>
+      <c r="D44">
+        <v>1958</v>
+      </c>
+      <c r="E44" t="s">
+        <v>116</v>
+      </c>
+      <c r="F44" t="s">
+        <v>114</v>
+      </c>
+      <c r="G44"/>
+      <c r="H44"/>
+      <c r="I44"/>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45"/>
+      <c r="B45" t="s">
+        <v>115</v>
+      </c>
+      <c r="C45" t="s">
+        <v>106</v>
+      </c>
+      <c r="D45">
+        <v>1958</v>
+      </c>
+      <c r="E45" t="s">
+        <v>116</v>
+      </c>
+      <c r="F45" t="s">
+        <v>114</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45"/>
+      <c r="I45"/>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46"/>
+      <c r="B46" t="s">
+        <v>115</v>
+      </c>
+      <c r="C46" t="s">
+        <v>106</v>
+      </c>
+      <c r="D46">
+        <v>1958</v>
+      </c>
+      <c r="E46" t="s">
+        <v>116</v>
+      </c>
+      <c r="F46" t="s">
+        <v>114</v>
+      </c>
+      <c r="G46"/>
+      <c r="H46"/>
+      <c r="I46"/>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47"/>
+      <c r="B47" t="s">
+        <v>74</v>
+      </c>
+      <c r="C47" t="s">
+        <v>117</v>
+      </c>
+      <c r="D47">
+        <v>1957</v>
+      </c>
+      <c r="E47" t="s">
+        <v>118</v>
+      </c>
+      <c r="F47" t="s">
+        <v>114</v>
+      </c>
+      <c r="G47"/>
+      <c r="H47"/>
+      <c r="I47"/>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48"/>
+      <c r="B48" t="s">
+        <v>119</v>
+      </c>
+      <c r="C48" t="s">
+        <v>120</v>
+      </c>
+      <c r="D48">
+        <v>1962</v>
+      </c>
+      <c r="E48" t="s">
+        <v>121</v>
+      </c>
+      <c r="F48" t="s">
+        <v>114</v>
+      </c>
+      <c r="G48"/>
+      <c r="H48"/>
+      <c r="I48"/>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49"/>
+      <c r="B49" t="s">
+        <v>119</v>
+      </c>
+      <c r="C49" t="s">
+        <v>59</v>
+      </c>
+      <c r="D49">
+        <v>1964</v>
+      </c>
+      <c r="E49" t="s">
+        <v>122</v>
+      </c>
+      <c r="F49" t="s">
+        <v>114</v>
+      </c>
+      <c r="G49"/>
+      <c r="H49"/>
+      <c r="I49"/>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50"/>
+      <c r="B50" t="s">
+        <v>22</v>
+      </c>
+      <c r="C50" t="s">
+        <v>123</v>
+      </c>
+      <c r="D50">
+        <v>1964</v>
+      </c>
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" t="s">
+        <v>114</v>
+      </c>
+      <c r="G50"/>
+      <c r="H50"/>
+      <c r="I50"/>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51"/>
+      <c r="B51" t="s">
+        <v>124</v>
+      </c>
+      <c r="C51" t="s">
+        <v>125</v>
+      </c>
+      <c r="D51">
+        <v>1962</v>
+      </c>
+      <c r="E51" t="s">
+        <v>126</v>
+      </c>
+      <c r="F51" t="s">
+        <v>114</v>
+      </c>
+      <c r="G51"/>
+      <c r="H51"/>
+      <c r="I51"/>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52"/>
+      <c r="B52" t="s">
+        <v>127</v>
+      </c>
+      <c r="C52" t="s">
+        <v>75</v>
+      </c>
+      <c r="D52">
+        <v>1966</v>
+      </c>
+      <c r="E52" t="s">
+        <v>128</v>
+      </c>
+      <c r="F52" t="s">
+        <v>114</v>
+      </c>
+      <c r="G52"/>
+      <c r="H52"/>
+      <c r="I52"/>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53"/>
+      <c r="B53" t="s">
+        <v>129</v>
+      </c>
+      <c r="C53" t="s">
+        <v>75</v>
+      </c>
+      <c r="D53">
+        <v>1965</v>
+      </c>
+      <c r="E53" t="s">
+        <v>130</v>
+      </c>
+      <c r="F53" t="s">
+        <v>114</v>
+      </c>
+      <c r="G53"/>
+      <c r="H53"/>
+      <c r="I53"/>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54"/>
+      <c r="B54" t="s">
+        <v>131</v>
+      </c>
+      <c r="C54" t="s">
+        <v>106</v>
+      </c>
+      <c r="D54">
+        <v>1963</v>
+      </c>
+      <c r="E54" t="s">
+        <v>62</v>
+      </c>
+      <c r="F54" t="s">
+        <v>114</v>
+      </c>
+      <c r="G54"/>
+      <c r="H54"/>
+      <c r="I54"/>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55"/>
+      <c r="B55" t="s">
+        <v>132</v>
+      </c>
+      <c r="C55" t="s">
+        <v>125</v>
+      </c>
+      <c r="D55">
+        <v>1958</v>
+      </c>
+      <c r="E55" t="s">
+        <v>133</v>
+      </c>
+      <c r="F55" t="s">
+        <v>114</v>
+      </c>
+      <c r="G55"/>
+      <c r="H55"/>
+      <c r="I55"/>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56"/>
+      <c r="B56" t="s">
+        <v>134</v>
+      </c>
+      <c r="C56" t="s">
+        <v>135</v>
+      </c>
+      <c r="D56">
+        <v>1960</v>
+      </c>
+      <c r="E56" t="s">
+        <v>136</v>
+      </c>
+      <c r="F56" t="s">
+        <v>114</v>
+      </c>
+      <c r="G56"/>
+      <c r="H56"/>
+      <c r="I56"/>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57"/>
+      <c r="B57" t="s">
+        <v>137</v>
+      </c>
+      <c r="C57" t="s">
+        <v>48</v>
+      </c>
+      <c r="D57">
+        <v>1959</v>
+      </c>
+      <c r="E57" t="s">
+        <v>138</v>
+      </c>
+      <c r="F57" t="s">
+        <v>114</v>
+      </c>
+      <c r="G57"/>
+      <c r="H57"/>
+      <c r="I57"/>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58"/>
+      <c r="B58" t="s">
+        <v>139</v>
+      </c>
+      <c r="C58" t="s">
+        <v>140</v>
+      </c>
+      <c r="D58">
+        <v>1955</v>
+      </c>
+      <c r="E58" t="s">
+        <v>141</v>
+      </c>
+      <c r="F58" t="s">
+        <v>142</v>
+      </c>
+      <c r="G58"/>
+      <c r="H58"/>
+      <c r="I58"/>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59"/>
+      <c r="B59" t="s">
+        <v>143</v>
+      </c>
+      <c r="C59" t="s">
+        <v>144</v>
+      </c>
+      <c r="D59">
+        <v>1947</v>
+      </c>
+      <c r="E59" t="s">
+        <v>118</v>
+      </c>
+      <c r="F59" t="s">
+        <v>142</v>
+      </c>
+      <c r="G59"/>
+      <c r="H59"/>
+      <c r="I59"/>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60"/>
+      <c r="B60" t="s">
+        <v>145</v>
+      </c>
+      <c r="C60" t="s">
+        <v>146</v>
+      </c>
+      <c r="D60">
+        <v>1950</v>
+      </c>
+      <c r="E60" t="s">
+        <v>36</v>
+      </c>
+      <c r="F60" t="s">
+        <v>142</v>
+      </c>
+      <c r="G60"/>
+      <c r="H60"/>
+      <c r="I60"/>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61"/>
+      <c r="B61" t="s">
+        <v>147</v>
+      </c>
+      <c r="C61" t="s">
+        <v>125</v>
+      </c>
+      <c r="D61">
+        <v>1952</v>
+      </c>
+      <c r="E61" t="s">
+        <v>148</v>
+      </c>
+      <c r="F61" t="s">
+        <v>142</v>
+      </c>
+      <c r="G61"/>
+      <c r="H61"/>
+      <c r="I61"/>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62"/>
+      <c r="B62" t="s">
+        <v>149</v>
+      </c>
+      <c r="C62" t="s">
+        <v>150</v>
+      </c>
+      <c r="D62">
+        <v>1951</v>
+      </c>
+      <c r="E62" t="s">
+        <v>151</v>
+      </c>
+      <c r="F62" t="s">
+        <v>142</v>
+      </c>
+      <c r="G62"/>
+      <c r="H62"/>
+      <c r="I62"/>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63"/>
+      <c r="B63" t="s">
+        <v>152</v>
+      </c>
+      <c r="C63" t="s">
+        <v>59</v>
+      </c>
+      <c r="D63">
+        <v>1954</v>
+      </c>
+      <c r="E63" t="s">
+        <v>53</v>
+      </c>
+      <c r="F63" t="s">
+        <v>142</v>
+      </c>
+      <c r="G63"/>
+      <c r="H63"/>
+      <c r="I63"/>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64"/>
+      <c r="B64" t="s">
+        <v>153</v>
+      </c>
+      <c r="C64" t="s">
+        <v>125</v>
+      </c>
+      <c r="D64">
+        <v>1956</v>
+      </c>
+      <c r="E64" t="s">
+        <v>36</v>
+      </c>
+      <c r="F64" t="s">
+        <v>142</v>
+      </c>
+      <c r="G64"/>
+      <c r="H64"/>
+      <c r="I64"/>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65"/>
+      <c r="B65" t="s">
+        <v>71</v>
+      </c>
+      <c r="C65" t="s">
+        <v>98</v>
+      </c>
+      <c r="D65">
+        <v>1943</v>
+      </c>
+      <c r="E65" t="s">
+        <v>154</v>
+      </c>
+      <c r="F65" t="s">
+        <v>155</v>
+      </c>
+      <c r="G65"/>
+      <c r="H65"/>
+      <c r="I65"/>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66"/>
+      <c r="B66" t="s">
+        <v>156</v>
+      </c>
+      <c r="C66" t="s">
+        <v>157</v>
+      </c>
+      <c r="D66">
+        <v>1995</v>
+      </c>
+      <c r="E66" t="s">
+        <v>102</v>
+      </c>
+      <c r="F66" t="s">
+        <v>158</v>
+      </c>
+      <c r="G66"/>
+      <c r="H66"/>
+      <c r="I66"/>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67"/>
+      <c r="B67" t="s">
+        <v>159</v>
+      </c>
+      <c r="C67" t="s">
+        <v>160</v>
+      </c>
+      <c r="D67">
+        <v>1989</v>
+      </c>
+      <c r="E67"/>
+      <c r="F67" t="s">
+        <v>161</v>
+      </c>
+      <c r="G67"/>
+      <c r="H67"/>
+      <c r="I67"/>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68"/>
+      <c r="B68" t="s">
+        <v>162</v>
+      </c>
+      <c r="C68" t="s">
+        <v>163</v>
+      </c>
+      <c r="D68">
+        <v>1987</v>
+      </c>
+      <c r="E68" t="s">
+        <v>53</v>
+      </c>
+      <c r="F68" t="s">
+        <v>161</v>
+      </c>
+      <c r="G68"/>
+      <c r="H68"/>
+      <c r="I68"/>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69"/>
+      <c r="B69" t="s">
+        <v>164</v>
+      </c>
+      <c r="C69" t="s">
+        <v>165</v>
+      </c>
+      <c r="D69">
+        <v>1986</v>
+      </c>
+      <c r="E69" t="s">
+        <v>166</v>
+      </c>
+      <c r="F69" t="s">
+        <v>161</v>
+      </c>
+      <c r="G69"/>
+      <c r="H69"/>
+      <c r="I69"/>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70"/>
+      <c r="B70" t="s">
+        <v>167</v>
+      </c>
+      <c r="C70" t="s">
+        <v>168</v>
+      </c>
+      <c r="D70">
+        <v>1976</v>
+      </c>
+      <c r="E70" t="s">
+        <v>169</v>
+      </c>
+      <c r="F70" t="s">
+        <v>170</v>
+      </c>
+      <c r="G70"/>
+      <c r="H70"/>
+      <c r="I70"/>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71"/>
+      <c r="B71" t="s">
+        <v>171</v>
+      </c>
+      <c r="C71" t="s">
+        <v>172</v>
+      </c>
+      <c r="D71">
+        <v>1974</v>
+      </c>
+      <c r="E71" t="s">
+        <v>173</v>
+      </c>
+      <c r="F71" t="s">
+        <v>170</v>
+      </c>
+      <c r="G71"/>
+      <c r="H71"/>
+      <c r="I71"/>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72"/>
+      <c r="B72" t="s">
+        <v>174</v>
+      </c>
+      <c r="C72" t="s">
+        <v>175</v>
+      </c>
+      <c r="D72">
+        <v>1974</v>
+      </c>
+      <c r="E72"/>
+      <c r="F72" t="s">
+        <v>170</v>
+      </c>
+      <c r="G72"/>
+      <c r="H72"/>
+      <c r="I72"/>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73"/>
+      <c r="B73" t="s">
+        <v>176</v>
+      </c>
+      <c r="C73" t="s">
+        <v>177</v>
+      </c>
+      <c r="D73">
+        <v>1976</v>
+      </c>
+      <c r="E73"/>
+      <c r="F73" t="s">
+        <v>170</v>
+      </c>
+      <c r="G73"/>
+      <c r="H73"/>
+      <c r="I73"/>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74"/>
+      <c r="B74" t="s">
+        <v>178</v>
+      </c>
+      <c r="C74" t="s">
+        <v>179</v>
+      </c>
+      <c r="D74">
+        <v>1973</v>
+      </c>
+      <c r="E74" t="s">
+        <v>180</v>
+      </c>
+      <c r="F74" t="s">
+        <v>170</v>
+      </c>
+      <c r="G74"/>
+      <c r="H74"/>
+      <c r="I74"/>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75"/>
+      <c r="B75" t="s">
+        <v>181</v>
+      </c>
+      <c r="C75" t="s">
+        <v>182</v>
+      </c>
+      <c r="D75">
+        <v>1975</v>
+      </c>
+      <c r="E75" t="s">
+        <v>183</v>
+      </c>
+      <c r="F75" t="s">
+        <v>170</v>
+      </c>
+      <c r="G75"/>
+      <c r="H75"/>
+      <c r="I75"/>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76"/>
+      <c r="B76" t="s">
+        <v>184</v>
+      </c>
+      <c r="C76" t="s">
+        <v>185</v>
+      </c>
+      <c r="D76">
+        <v>1973</v>
+      </c>
+      <c r="E76" t="s">
+        <v>36</v>
+      </c>
+      <c r="F76" t="s">
+        <v>170</v>
+      </c>
+      <c r="G76"/>
+      <c r="H76"/>
+      <c r="I76"/>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77"/>
+      <c r="B77" t="s">
+        <v>186</v>
+      </c>
+      <c r="C77" t="s">
+        <v>187</v>
+      </c>
+      <c r="D77">
+        <v>1969</v>
+      </c>
+      <c r="E77" t="s">
+        <v>88</v>
+      </c>
+      <c r="F77" t="s">
+        <v>188</v>
+      </c>
+      <c r="G77"/>
+      <c r="H77"/>
+      <c r="I77"/>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78"/>
+      <c r="B78" t="s">
+        <v>189</v>
+      </c>
+      <c r="C78" t="s">
+        <v>190</v>
+      </c>
+      <c r="D78">
+        <v>1970</v>
+      </c>
+      <c r="E78" t="s">
+        <v>102</v>
+      </c>
+      <c r="F78" t="s">
+        <v>188</v>
+      </c>
+      <c r="G78"/>
+      <c r="H78"/>
+      <c r="I78"/>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79"/>
+      <c r="B79" t="s">
+        <v>191</v>
+      </c>
+      <c r="C79" t="s">
+        <v>192</v>
+      </c>
+      <c r="D79">
+        <v>1960</v>
+      </c>
+      <c r="E79" t="s">
+        <v>193</v>
+      </c>
+      <c r="F79" t="s">
+        <v>194</v>
+      </c>
+      <c r="G79"/>
+      <c r="H79"/>
+      <c r="I79"/>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80"/>
+      <c r="B80" t="s">
+        <v>195</v>
+      </c>
+      <c r="C80" t="s">
+        <v>196</v>
+      </c>
+      <c r="D80">
+        <v>1956</v>
+      </c>
+      <c r="E80" t="s">
+        <v>197</v>
+      </c>
+      <c r="F80" t="s">
+        <v>194</v>
+      </c>
+      <c r="G80"/>
+      <c r="H80"/>
+      <c r="I80"/>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81"/>
+      <c r="B81" t="s">
+        <v>198</v>
+      </c>
+      <c r="C81" t="s">
+        <v>182</v>
+      </c>
+      <c r="D81">
+        <v>1955</v>
+      </c>
+      <c r="E81" t="s">
+        <v>88</v>
+      </c>
+      <c r="F81" t="s">
+        <v>194</v>
+      </c>
+      <c r="G81"/>
+      <c r="H81"/>
+      <c r="I81"/>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82"/>
+      <c r="B82" t="s">
+        <v>199</v>
+      </c>
+      <c r="C82" t="s">
+        <v>177</v>
+      </c>
+      <c r="D82">
+        <v>1959</v>
+      </c>
+      <c r="E82" t="s">
+        <v>151</v>
+      </c>
+      <c r="F82" t="s">
+        <v>194</v>
+      </c>
+      <c r="G82"/>
+      <c r="H82"/>
+      <c r="I82"/>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83"/>
+      <c r="B83" t="s">
+        <v>200</v>
+      </c>
+      <c r="C83" t="s">
+        <v>187</v>
+      </c>
+      <c r="D83">
+        <v>1952</v>
+      </c>
+      <c r="E83" t="s">
+        <v>154</v>
+      </c>
+      <c r="F83" t="s">
+        <v>194</v>
+      </c>
+      <c r="G83"/>
+      <c r="H83"/>
+      <c r="I83"/>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84"/>
+      <c r="B84" t="s">
+        <v>201</v>
+      </c>
+      <c r="C84" t="s">
+        <v>202</v>
+      </c>
+      <c r="D84">
+        <v>1961</v>
+      </c>
+      <c r="E84" t="s">
+        <v>203</v>
+      </c>
+      <c r="F84" t="s">
+        <v>194</v>
+      </c>
+      <c r="G84"/>
+      <c r="H84"/>
+      <c r="I84"/>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85"/>
+      <c r="B85" t="s">
+        <v>204</v>
+      </c>
+      <c r="C85" t="s">
+        <v>185</v>
+      </c>
+      <c r="D85">
+        <v>1960</v>
+      </c>
+      <c r="E85" t="s">
+        <v>205</v>
+      </c>
+      <c r="F85" t="s">
+        <v>194</v>
+      </c>
+      <c r="G85"/>
+      <c r="H85"/>
+      <c r="I85"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>