--- v0 (2025-11-05)
+++ v1 (2026-03-12)
@@ -12,80 +12,320 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Přihlášení závodníci" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Všichni bez rozdílu v kategorii</t>
   </si>
   <si>
     <t>Start. číslo</t>
   </si>
   <si>
     <t>Přijmení</t>
   </si>
   <si>
     <t>Jméno</t>
   </si>
   <si>
     <t>Ročník</t>
   </si>
   <si>
     <t>Klub</t>
   </si>
   <si>
     <t>Kategorie</t>
   </si>
   <si>
     <t>Cílový čas</t>
   </si>
   <si>
     <t>Poř. v kat.</t>
   </si>
   <si>
     <t>Poř.celk.</t>
+  </si>
+  <si>
+    <t>Havelkova</t>
+  </si>
+  <si>
+    <t>Kristina</t>
+  </si>
+  <si>
+    <t>SK Jeseniova</t>
+  </si>
+  <si>
+    <t>Juniorky</t>
+  </si>
+  <si>
+    <t>Stanley</t>
+  </si>
+  <si>
+    <t>Anna</t>
+  </si>
+  <si>
+    <t>Bike Puzzle Team</t>
+  </si>
+  <si>
+    <t>Havelka</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Junioři</t>
+  </si>
+  <si>
+    <t>Grim</t>
+  </si>
+  <si>
+    <t>Ondřej</t>
+  </si>
+  <si>
+    <t>Příbram</t>
+  </si>
+  <si>
+    <t>Muži 20 - 39 let</t>
+  </si>
+  <si>
+    <t>Hanousek</t>
+  </si>
+  <si>
+    <t>Jakub</t>
+  </si>
+  <si>
+    <t>SABZO</t>
+  </si>
+  <si>
+    <t>Charousek</t>
+  </si>
+  <si>
+    <t>Matěj</t>
+  </si>
+  <si>
+    <t>Prostřední Lhota</t>
+  </si>
+  <si>
+    <t>Planeta</t>
+  </si>
+  <si>
+    <t>Štefan</t>
+  </si>
+  <si>
+    <t>Košice</t>
+  </si>
+  <si>
+    <t>Eliáš</t>
+  </si>
+  <si>
+    <t>Petr</t>
+  </si>
+  <si>
+    <t>Beer Mile Club Prague</t>
+  </si>
+  <si>
+    <t>Muži 40 - 49 let</t>
+  </si>
+  <si>
+    <t>Nakládal</t>
+  </si>
+  <si>
+    <t>Matajus</t>
+  </si>
+  <si>
+    <t>Turek</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>AC Sparta Praha</t>
+  </si>
+  <si>
+    <t>Častvaj</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Mnichovice</t>
+  </si>
+  <si>
+    <t>Muži 50 - 59 let</t>
+  </si>
+  <si>
+    <t>Eleven Run Team</t>
+  </si>
+  <si>
+    <t>Hruška</t>
+  </si>
+  <si>
+    <t>Miloš</t>
+  </si>
+  <si>
+    <t>MHUL</t>
+  </si>
+  <si>
+    <t>Král</t>
+  </si>
+  <si>
+    <t>Vítězslav</t>
+  </si>
+  <si>
+    <t>Sokol Královské Vinohrady</t>
+  </si>
+  <si>
+    <t>Ondra</t>
+  </si>
+  <si>
+    <t>Vladimír</t>
+  </si>
+  <si>
+    <t>Pejša</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>smí být prázdné</t>
+  </si>
+  <si>
+    <t>Doležal</t>
+  </si>
+  <si>
+    <t>Jaromír</t>
+  </si>
+  <si>
+    <t>SABZO Praha</t>
+  </si>
+  <si>
+    <t>Muži 60 - 69 let</t>
+  </si>
+  <si>
+    <t>Kratochvíl</t>
+  </si>
+  <si>
+    <t>Miroslav</t>
+  </si>
+  <si>
+    <t>Sokol Hlubočepy</t>
+  </si>
+  <si>
+    <t>Ledvina</t>
+  </si>
+  <si>
+    <t>Tomáš</t>
+  </si>
+  <si>
+    <t>Bonbon</t>
+  </si>
+  <si>
+    <t>Mrva</t>
+  </si>
+  <si>
+    <t>Pavel</t>
+  </si>
+  <si>
+    <t>BBK</t>
+  </si>
+  <si>
+    <t>Rychecký</t>
+  </si>
+  <si>
+    <t>HH Smíchov</t>
+  </si>
+  <si>
+    <t>Volný</t>
+  </si>
+  <si>
+    <t>Relax medvědice</t>
+  </si>
+  <si>
+    <t>Nový</t>
+  </si>
+  <si>
+    <t>Břetislav</t>
+  </si>
+  <si>
+    <t>SABZO Paha</t>
+  </si>
+  <si>
+    <t>Muži 70 - 79 let</t>
+  </si>
+  <si>
+    <t>Hrušková</t>
+  </si>
+  <si>
+    <t>Sabina</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>Ženy 20 - 34 let</t>
+  </si>
+  <si>
+    <t>Šugová</t>
+  </si>
+  <si>
+    <t>Naděžda</t>
+  </si>
+  <si>
+    <t>Ženy 35 - 44 let</t>
+  </si>
+  <si>
+    <t>Požgayová</t>
+  </si>
+  <si>
+    <t>Jana</t>
+  </si>
+  <si>
+    <t>Bonbon Praha</t>
+  </si>
+  <si>
+    <t>Ženy nad 65 let</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -400,91 +640,635 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
       <c r="I2" t="s">
         <v>9</v>
       </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3">
+        <v>2008</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3"/>
+      <c r="H3"/>
+      <c r="I3"/>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4">
+        <v>2010</v>
+      </c>
+      <c r="E4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4"/>
+      <c r="I4"/>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5">
+        <v>2011</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5"/>
+      <c r="H5"/>
+      <c r="I5"/>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6">
+        <v>1995</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6"/>
+      <c r="I6"/>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7">
+        <v>1991</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7"/>
+      <c r="I7"/>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8">
+        <v>2002</v>
+      </c>
+      <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8"/>
+      <c r="I8"/>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9">
+        <v>1998</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9"/>
+      <c r="I9"/>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10"/>
+      <c r="B10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10">
+        <v>1985</v>
+      </c>
+      <c r="E10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" t="s">
+        <v>36</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10"/>
+      <c r="I10"/>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11"/>
+      <c r="B11" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11">
+        <v>1985</v>
+      </c>
+      <c r="E11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11"/>
+      <c r="I11"/>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12"/>
+      <c r="B12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12">
+        <v>1980</v>
+      </c>
+      <c r="E12" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12"/>
+      <c r="I12"/>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13"/>
+      <c r="B13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13">
+        <v>1974</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13"/>
+      <c r="I13"/>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14"/>
+      <c r="B14" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14">
+        <v>1972</v>
+      </c>
+      <c r="E14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14"/>
+      <c r="I14"/>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15"/>
+      <c r="B15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15">
+        <v>1970</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15"/>
+      <c r="I15"/>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16"/>
+      <c r="B16" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16">
+        <v>1976</v>
+      </c>
+      <c r="E16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16"/>
+      <c r="H16"/>
+      <c r="I16"/>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17"/>
+      <c r="B17" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D17">
+        <v>1968</v>
+      </c>
+      <c r="E17"/>
+      <c r="F17" t="s">
+        <v>45</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17"/>
+      <c r="I17"/>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18"/>
+      <c r="B18" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18">
+        <v>1975</v>
+      </c>
+      <c r="E18" t="s">
+        <v>57</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18"/>
+      <c r="I18"/>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19"/>
+      <c r="B19" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19">
+        <v>1957</v>
+      </c>
+      <c r="E19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19"/>
+      <c r="I19"/>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20"/>
+      <c r="B20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" t="s">
+        <v>63</v>
+      </c>
+      <c r="D20">
+        <v>1959</v>
+      </c>
+      <c r="E20" t="s">
+        <v>64</v>
+      </c>
+      <c r="F20" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20"/>
+      <c r="H20"/>
+      <c r="I20"/>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21"/>
+      <c r="B21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C21" t="s">
+        <v>66</v>
+      </c>
+      <c r="D21">
+        <v>1963</v>
+      </c>
+      <c r="E21" t="s">
+        <v>67</v>
+      </c>
+      <c r="F21" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21"/>
+      <c r="I21"/>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22"/>
+      <c r="B22" t="s">
+        <v>68</v>
+      </c>
+      <c r="C22" t="s">
+        <v>69</v>
+      </c>
+      <c r="D22">
+        <v>1960</v>
+      </c>
+      <c r="E22" t="s">
+        <v>70</v>
+      </c>
+      <c r="F22" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22"/>
+      <c r="H22"/>
+      <c r="I22"/>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23"/>
+      <c r="B23" t="s">
+        <v>71</v>
+      </c>
+      <c r="C23" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23">
+        <v>1966</v>
+      </c>
+      <c r="E23" t="s">
+        <v>72</v>
+      </c>
+      <c r="F23" t="s">
+        <v>61</v>
+      </c>
+      <c r="G23"/>
+      <c r="H23"/>
+      <c r="I23"/>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24"/>
+      <c r="B24" t="s">
+        <v>73</v>
+      </c>
+      <c r="C24" t="s">
+        <v>34</v>
+      </c>
+      <c r="D24">
+        <v>1959</v>
+      </c>
+      <c r="E24" t="s">
+        <v>74</v>
+      </c>
+      <c r="F24" t="s">
+        <v>61</v>
+      </c>
+      <c r="G24"/>
+      <c r="H24"/>
+      <c r="I24"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25"/>
+      <c r="B25" t="s">
+        <v>75</v>
+      </c>
+      <c r="C25" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25">
+        <v>1947</v>
+      </c>
+      <c r="E25" t="s">
+        <v>77</v>
+      </c>
+      <c r="F25" t="s">
+        <v>78</v>
+      </c>
+      <c r="G25"/>
+      <c r="H25"/>
+      <c r="I25"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26"/>
+      <c r="B26" t="s">
+        <v>79</v>
+      </c>
+      <c r="C26" t="s">
+        <v>80</v>
+      </c>
+      <c r="D26">
+        <v>2002</v>
+      </c>
+      <c r="E26" t="s">
+        <v>81</v>
+      </c>
+      <c r="F26" t="s">
+        <v>82</v>
+      </c>
+      <c r="G26"/>
+      <c r="H26"/>
+      <c r="I26"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27"/>
+      <c r="B27" t="s">
+        <v>83</v>
+      </c>
+      <c r="C27" t="s">
+        <v>84</v>
+      </c>
+      <c r="D27">
+        <v>1987</v>
+      </c>
+      <c r="E27" t="s">
+        <v>26</v>
+      </c>
+      <c r="F27" t="s">
+        <v>85</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27"/>
+      <c r="I27"/>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28"/>
+      <c r="B28" t="s">
+        <v>86</v>
+      </c>
+      <c r="C28" t="s">
+        <v>87</v>
+      </c>
+      <c r="D28">
+        <v>1955</v>
+      </c>
+      <c r="E28" t="s">
+        <v>88</v>
+      </c>
+      <c r="F28" t="s">
+        <v>89</v>
+      </c>
+      <c r="G28"/>
+      <c r="H28"/>
+      <c r="I28"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>