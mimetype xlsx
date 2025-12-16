--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -36,464 +36,110 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Junioři" sheetId="1" r:id="rId4"/>
     <sheet name="Juniorky" sheetId="2" r:id="rId5"/>
     <sheet name="Muži 20 - 39 let" sheetId="3" r:id="rId6"/>
     <sheet name="Muži 40 - 49 let" sheetId="4" r:id="rId7"/>
     <sheet name="Muži 50 - 59 let" sheetId="5" r:id="rId8"/>
     <sheet name="Muži 60 - 69 let" sheetId="6" r:id="rId9"/>
     <sheet name="Muži 70 - 79 let" sheetId="7" r:id="rId10"/>
     <sheet name="Ženy 20 - 34 let" sheetId="8" r:id="rId11"/>
     <sheet name="Ženy 35 - 44 let" sheetId="9" r:id="rId12"/>
     <sheet name="Ženy 45 - 54 let" sheetId="10" r:id="rId13"/>
     <sheet name="Ženy 55 - 64 let" sheetId="11" r:id="rId14"/>
     <sheet name="Ženy nad 65 let" sheetId="12" r:id="rId15"/>
     <sheet name="Worksheet" sheetId="13" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
-[...1 lines deleted...]
-    <t>Junioři (2006-2007)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+  <si>
+    <t>Junioři (2007-2008)</t>
   </si>
   <si>
     <t>Start. číslo</t>
   </si>
   <si>
     <t>Přijmení</t>
   </si>
   <si>
     <t>Jméno</t>
   </si>
   <si>
     <t>Ročník</t>
   </si>
   <si>
     <t>Klub</t>
   </si>
   <si>
     <t>Cílový čas</t>
   </si>
   <si>
     <t>Poř. v kat.</t>
   </si>
   <si>
     <t>Poř.celk.</t>
   </si>
   <si>
-    <t>Juniorky (2006-2007)</t>
-[...383 lines deleted...]
-    <t>KD Pribram</t>
+    <t>Juniorky (2007-2008)</t>
+  </si>
+  <si>
+    <t>Muži 20 - 39 let (1987-2006)</t>
+  </si>
+  <si>
+    <t>Muži 40 - 49 let (1977-1986)</t>
+  </si>
+  <si>
+    <t>Muži 50 - 59 let (1967-1976)</t>
+  </si>
+  <si>
+    <t>Muži 60 - 69 let (1957-1966)</t>
+  </si>
+  <si>
+    <t>Muži 70 - 79 let (1947-1956)</t>
+  </si>
+  <si>
+    <t>Ženy 20 - 34 let (1992-2006)</t>
+  </si>
+  <si>
+    <t>Ženy 35 - 44 let (1982-1991)</t>
+  </si>
+  <si>
+    <t>Ženy 45 - 54 let (1972-1981)</t>
+  </si>
+  <si>
+    <t>Ženy 55 - 64 let (1962-1971)</t>
+  </si>
+  <si>
+    <t>Ženy nad 65 let (1927-1961)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -919,158 +565,124 @@
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>124</v>
+        <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      <c r="H4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>129</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
@@ -1079,142 +691,88 @@
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>130</v>
+        <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...52 lines deleted...]
-      <c r="H5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -1287,1274 +845,466 @@
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...88 lines deleted...]
-      <c r="H7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...106 lines deleted...]
-      <c r="H8"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...230 lines deleted...]
-      <c r="H15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...178 lines deleted...]
-      <c r="H12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...106 lines deleted...]
-      <c r="H8"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="H3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...70 lines deleted...]
-      <c r="H6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>