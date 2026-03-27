--- v0 (2026-01-10)
+++ v1 (2026-03-27)
@@ -36,110 +36,404 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Junioři" sheetId="1" r:id="rId4"/>
     <sheet name="Juniorky" sheetId="2" r:id="rId5"/>
     <sheet name="Muži 20 - 39 let" sheetId="3" r:id="rId6"/>
     <sheet name="Muži 40 - 49 let" sheetId="4" r:id="rId7"/>
     <sheet name="Muži 50 - 59 let" sheetId="5" r:id="rId8"/>
     <sheet name="Muži 60 - 69 let" sheetId="6" r:id="rId9"/>
     <sheet name="Muži 70 - 79 let" sheetId="7" r:id="rId10"/>
     <sheet name="Ženy 20 - 34 let" sheetId="8" r:id="rId11"/>
     <sheet name="Ženy 35 - 44 let" sheetId="9" r:id="rId12"/>
     <sheet name="Ženy 45 - 54 let" sheetId="10" r:id="rId13"/>
     <sheet name="Ženy 55 - 64 let" sheetId="11" r:id="rId14"/>
     <sheet name="Ženy nad 65 let" sheetId="12" r:id="rId15"/>
     <sheet name="Worksheet" sheetId="13" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Junioři (2007-2008)</t>
   </si>
   <si>
     <t>Start. číslo</t>
   </si>
   <si>
     <t>Přijmení</t>
   </si>
   <si>
     <t>Jméno</t>
   </si>
   <si>
     <t>Ročník</t>
   </si>
   <si>
     <t>Klub</t>
   </si>
   <si>
     <t>Cílový čas</t>
   </si>
   <si>
     <t>Poř. v kat.</t>
   </si>
   <si>
     <t>Poř.celk.</t>
   </si>
   <si>
+    <t>Jokel</t>
+  </si>
+  <si>
+    <t>Vít</t>
+  </si>
+  <si>
+    <t>Atlet Šestajovice</t>
+  </si>
+  <si>
     <t>Juniorky (2007-2008)</t>
   </si>
   <si>
+    <t>Havelkova</t>
+  </si>
+  <si>
+    <t>Kristina</t>
+  </si>
+  <si>
+    <t>SK Jeseniova</t>
+  </si>
+  <si>
     <t>Muži 20 - 39 let (1987-2006)</t>
   </si>
   <si>
+    <t>Grim</t>
+  </si>
+  <si>
+    <t>Ondřej</t>
+  </si>
+  <si>
+    <t>Příbram</t>
+  </si>
+  <si>
+    <t>Hanousek</t>
+  </si>
+  <si>
+    <t>Jakub</t>
+  </si>
+  <si>
+    <t>SABZO</t>
+  </si>
+  <si>
+    <t>Havlín</t>
+  </si>
+  <si>
+    <t>Jiří</t>
+  </si>
+  <si>
+    <t>A na to se napijem!</t>
+  </si>
+  <si>
+    <t>Charousek</t>
+  </si>
+  <si>
+    <t>Matěj</t>
+  </si>
+  <si>
+    <t>Prostřední Lhota</t>
+  </si>
+  <si>
+    <t>Kožušník</t>
+  </si>
+  <si>
+    <t>Radan</t>
+  </si>
+  <si>
+    <t>SSK Vítkovice, z.s.</t>
+  </si>
+  <si>
+    <t>Rainiš</t>
+  </si>
+  <si>
     <t>Muži 40 - 49 let (1977-1986)</t>
   </si>
   <si>
+    <t>Jurásek</t>
+  </si>
+  <si>
+    <t>Petr</t>
+  </si>
+  <si>
+    <t>Lokomotiva Meziměstí</t>
+  </si>
+  <si>
+    <t>Pulkrábek</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>AC Obora Hvězda</t>
+  </si>
+  <si>
+    <t>Svoboda</t>
+  </si>
+  <si>
+    <t>Vojtěch</t>
+  </si>
+  <si>
+    <t>Bonbon</t>
+  </si>
+  <si>
     <t>Muži 50 - 59 let (1967-1976)</t>
   </si>
   <si>
+    <t>Havelka</t>
+  </si>
+  <si>
+    <t>Eleven Run Team</t>
+  </si>
+  <si>
+    <t>Hruška</t>
+  </si>
+  <si>
+    <t>Miloš</t>
+  </si>
+  <si>
+    <t>MHUL</t>
+  </si>
+  <si>
+    <t>Jánošík</t>
+  </si>
+  <si>
+    <t>Rudolf</t>
+  </si>
+  <si>
+    <t>Atletika Vlašim</t>
+  </si>
+  <si>
+    <t>Kalista</t>
+  </si>
+  <si>
+    <t>12 běhá</t>
+  </si>
+  <si>
+    <t>Král</t>
+  </si>
+  <si>
+    <t>Vítězslav</t>
+  </si>
+  <si>
+    <t>Sokol Královské Vinohrady</t>
+  </si>
+  <si>
+    <t>Novák</t>
+  </si>
+  <si>
+    <t>Radomír</t>
+  </si>
+  <si>
+    <t>Laco Team</t>
+  </si>
+  <si>
+    <t>Pejša</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>smí být prázdné</t>
+  </si>
+  <si>
     <t>Muži 60 - 69 let (1957-1966)</t>
   </si>
   <si>
+    <t>Aldorf</t>
+  </si>
+  <si>
+    <t>Luboš</t>
+  </si>
+  <si>
+    <t>Doležal</t>
+  </si>
+  <si>
+    <t>Jaromír</t>
+  </si>
+  <si>
+    <t>SABZO Praha</t>
+  </si>
+  <si>
+    <t>Lubomír</t>
+  </si>
+  <si>
+    <t>Rychecký</t>
+  </si>
+  <si>
+    <t>Tomáš</t>
+  </si>
+  <si>
+    <t>HH Smíchov</t>
+  </si>
+  <si>
+    <t>Vávra</t>
+  </si>
+  <si>
+    <t>Kerteam</t>
+  </si>
+  <si>
+    <t>Vitásek</t>
+  </si>
+  <si>
+    <t>Josef</t>
+  </si>
+  <si>
+    <t>Buková</t>
+  </si>
+  <si>
+    <t>Volný</t>
+  </si>
+  <si>
+    <t>Relax medvědice</t>
+  </si>
+  <si>
     <t>Muži 70 - 79 let (1947-1956)</t>
   </si>
   <si>
+    <t>Bečka</t>
+  </si>
+  <si>
+    <t>Miloslav</t>
+  </si>
+  <si>
+    <t>Ústí n.L</t>
+  </si>
+  <si>
+    <t>Nový</t>
+  </si>
+  <si>
+    <t>Břetislav</t>
+  </si>
+  <si>
     <t>Ženy 20 - 34 let (1992-2006)</t>
   </si>
   <si>
+    <t>Horová</t>
+  </si>
+  <si>
+    <t>Anežka</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
     <t>Ženy 35 - 44 let (1982-1991)</t>
   </si>
   <si>
+    <t>Tržilová</t>
+  </si>
+  <si>
+    <t>Iva</t>
+  </si>
+  <si>
+    <t>Praha 15</t>
+  </si>
+  <si>
     <t>Ženy 45 - 54 let (1972-1981)</t>
   </si>
   <si>
+    <t>Doupovcová</t>
+  </si>
+  <si>
+    <t>Martina</t>
+  </si>
+  <si>
+    <t>SKI Senohraby</t>
+  </si>
+  <si>
+    <t>Iveta</t>
+  </si>
+  <si>
+    <t>Rainišová</t>
+  </si>
+  <si>
+    <t>Trnková</t>
+  </si>
+  <si>
+    <t>Štěpánka</t>
+  </si>
+  <si>
     <t>Ženy 55 - 64 let (1962-1971)</t>
   </si>
   <si>
+    <t>Jiřičná</t>
+  </si>
+  <si>
+    <t>Dana</t>
+  </si>
+  <si>
+    <t>Bonbon Praha</t>
+  </si>
+  <si>
+    <t>Pavingerová</t>
+  </si>
+  <si>
+    <t>Miluše</t>
+  </si>
+  <si>
     <t>Ženy nad 65 let (1927-1961)</t>
+  </si>
+  <si>
+    <t>Dolejšova</t>
+  </si>
+  <si>
+    <t>Jitka</t>
+  </si>
+  <si>
+    <t>Sabzo Praha</t>
+  </si>
+  <si>
+    <t>Požgayová</t>
+  </si>
+  <si>
+    <t>Jana</t>
+  </si>
+  <si>
+    <t>Svobodová</t>
+  </si>
+  <si>
+    <t>KD Příbram</t>
+  </si>
+  <si>
+    <t>Vitovská</t>
+  </si>
+  <si>
+    <t>Praha 8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -502,277 +796,455 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3">
+        <v>2008</v>
+      </c>
+      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3">
+        <v>1976</v>
+      </c>
+      <c r="E3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D4">
+        <v>1974</v>
+      </c>
+      <c r="E4"/>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D5">
+        <v>1973</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D3">
+        <v>1969</v>
+      </c>
+      <c r="E3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D4">
+        <v>1970</v>
+      </c>
+      <c r="E4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D3">
+        <v>1960</v>
+      </c>
+      <c r="E3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D4">
+        <v>1955</v>
+      </c>
+      <c r="E4" t="s">
+        <v>105</v>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D5">
+        <v>1952</v>
+      </c>
+      <c r="E5" t="s">
+        <v>115</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>116</v>
+      </c>
+      <c r="C6" t="s">
+        <v>101</v>
+      </c>
+      <c r="D6">
+        <v>1960</v>
+      </c>
+      <c r="E6" t="s">
+        <v>117</v>
+      </c>
+      <c r="F6"/>
+      <c r="G6"/>
+      <c r="H6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -782,529 +1254,1031 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData/>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3">
+        <v>2008</v>
+      </c>
+      <c r="E3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3">
+        <v>1995</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4">
+        <v>1991</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5">
+        <v>1989</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6">
+        <v>2002</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6"/>
+      <c r="G6"/>
+      <c r="H6"/>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7">
+        <v>2000</v>
+      </c>
+      <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7"/>
+      <c r="G7"/>
+      <c r="H7"/>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8">
+        <v>2006</v>
+      </c>
+      <c r="E8"/>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3">
+        <v>1978</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4">
+        <v>1980</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5">
+        <v>1984</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3">
+        <v>1972</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D4">
+        <v>1970</v>
+      </c>
+      <c r="E4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5">
+        <v>1971</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6">
+        <v>1971</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6"/>
+      <c r="G6"/>
+      <c r="H6"/>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7">
+        <v>1976</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7"/>
+      <c r="G7"/>
+      <c r="H7"/>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8">
+        <v>1970</v>
+      </c>
+      <c r="E8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8"/>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9">
+        <v>1975</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9"/>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D3">
+        <v>1964</v>
+      </c>
+      <c r="E3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D4">
+        <v>1957</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5"/>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D5">
+        <v>1964</v>
+      </c>
+      <c r="E5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6"/>
+      <c r="B6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6">
+        <v>1966</v>
+      </c>
+      <c r="E6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F6"/>
+      <c r="G6"/>
+      <c r="H6"/>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7"/>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7">
+        <v>1963</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7"/>
+      <c r="G7"/>
+      <c r="H7"/>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8"/>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8">
+        <v>1958</v>
+      </c>
+      <c r="E8" t="s">
+        <v>77</v>
+      </c>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8"/>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9"/>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9">
+        <v>1959</v>
+      </c>
+      <c r="E9" t="s">
+        <v>79</v>
+      </c>
+      <c r="F9"/>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D3">
+        <v>1955</v>
+      </c>
+      <c r="E3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4"/>
+      <c r="B4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D4">
+        <v>1947</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D3">
+        <v>1995</v>
+      </c>
+      <c r="E3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="20" s="1" customFormat="1">
       <c r="A1" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3"/>
+      <c r="B3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D3">
+        <v>1986</v>
+      </c>
+      <c r="E3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>